--- v0 (2025-10-26)
+++ v1 (2026-02-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="361" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="361" uniqueCount="152">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Parecer Comissão Legislação, Justiça Redação Final nº 74 de 2025</t>
   </si>
   <si>
@@ -159,50 +159,53 @@
     <t>Projeto de Lei nº 64 de 2025</t>
   </si>
   <si>
     <t>REESTRUTURA E MODERNIZA A FISCALIZAÇÃO TRIBUTÁRIA EM DOMINGOS MARTINS – ES.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 65 de 2025</t>
   </si>
   <si>
     <t>Mesa Diretora - Presidente, Vice-Presidente e 1º Secretário</t>
   </si>
   <si>
     <t>Revoga Integralmente a Lei Municipal n° 3.205/2025</t>
   </si>
   <si>
     <t>Projeto de Lei nº 66 de 2025</t>
   </si>
   <si>
     <t>Vereador Daniel Reinholz</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação da Escola Municipal de Ensino Fundamental Soído, localizada na Comunidade de Soído, Município de Domingos Martins/ES, para Escola Municipal de Ensino Fundamental Natália Oliveira Stein.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 67 de 2025</t>
+  </si>
+  <si>
+    <t>Vereador Diogo Endlich,Vereador Johnei Cláudio Degen</t>
   </si>
   <si>
     <t>Institui a campanha anual de incentivo a emissão de notas/cupons fiscais denominada “SEU CUPOM E NOTA FISCAL VALEM PRÊMIOS E AJUDAM DOMINGOS MARTINS CRESCER”, e dá outras providências.</t>
   </si>
   <si>
     <t>Veto nº 1 de 2025</t>
   </si>
   <si>
     <t>Veto Total, referente ao Projeto de Lei nº 20/2025 que “Institui a “Semana de Conscientização e Prevenção ao Diabetes”, no Município de Domingos Martins”.</t>
   </si>
   <si>
     <t>Protocolizado</t>
   </si>
   <si>
     <t>Indicação nº 68 de 2025</t>
   </si>
   <si>
     <t>Vereador Johnei Cláudio Degen</t>
   </si>
   <si>
     <t>INDICO ao Excelentíssimo Senhor Prefeito, a possibilidade de providenciar a instalação de faixas elevadas na rua Zeferino Sales, localizada no distrito de Santa Isabel.</t>
   </si>
   <si>
     <t>Indicação nº 199 de 2025</t>
   </si>
@@ -1200,997 +1203,997 @@
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18" t="s">
         <v>41</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>12659</v>
       </c>
       <c r="B19" t="s">
         <v>34</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>12656</v>
       </c>
       <c r="B20" t="s">
         <v>34</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
         <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>11571</v>
       </c>
       <c r="B21" t="s">
         <v>34</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>11728</v>
       </c>
       <c r="B22" t="s">
         <v>34</v>
       </c>
       <c r="C22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>11830</v>
       </c>
       <c r="B23" t="s">
         <v>34</v>
       </c>
       <c r="C23" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E23" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F23" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>11838</v>
       </c>
       <c r="B24" t="s">
         <v>34</v>
       </c>
       <c r="C24" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D24" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E24" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>12062</v>
       </c>
       <c r="B25" t="s">
         <v>34</v>
       </c>
       <c r="C25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D25" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E25" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F25" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>12096</v>
       </c>
       <c r="B26" t="s">
         <v>34</v>
       </c>
       <c r="C26" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D26" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F26" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>12097</v>
       </c>
       <c r="B27" t="s">
         <v>34</v>
       </c>
       <c r="C27" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E27" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F27" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>12100</v>
       </c>
       <c r="B28" t="s">
         <v>34</v>
       </c>
       <c r="C28" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D28" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E28" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F28" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>12101</v>
       </c>
       <c r="B29" t="s">
         <v>34</v>
       </c>
       <c r="C29" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E29" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F29" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>12153</v>
       </c>
       <c r="B30" t="s">
         <v>34</v>
       </c>
       <c r="C30" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F30" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>12369</v>
       </c>
       <c r="B31" t="s">
         <v>34</v>
       </c>
       <c r="C31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D31" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F31" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>12421</v>
       </c>
       <c r="B32" t="s">
         <v>34</v>
       </c>
       <c r="C32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D32" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F32" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>12439</v>
       </c>
       <c r="B33" t="s">
         <v>34</v>
       </c>
       <c r="C33" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D33" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E33" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F33" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>12454</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D34" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E34" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F34" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>12455</v>
       </c>
       <c r="B35" t="s">
         <v>34</v>
       </c>
       <c r="C35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D35" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E35" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F35" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>12522</v>
       </c>
       <c r="B36" t="s">
         <v>34</v>
       </c>
       <c r="C36" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D36" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E36" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F36" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>12549</v>
       </c>
       <c r="B37" t="s">
         <v>34</v>
       </c>
       <c r="C37" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D37" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F37" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>12587</v>
       </c>
       <c r="B38" t="s">
         <v>34</v>
       </c>
       <c r="C38" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D38" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E38" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F38" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>12592</v>
       </c>
       <c r="B39" t="s">
         <v>34</v>
       </c>
       <c r="C39" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D39" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F39" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>12593</v>
       </c>
       <c r="B40" t="s">
         <v>34</v>
       </c>
       <c r="C40" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D40" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E40" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F40" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>12634</v>
       </c>
       <c r="B41" t="s">
         <v>34</v>
       </c>
       <c r="C41" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D41" t="s">
         <v>32</v>
       </c>
       <c r="E41" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F41" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>12605</v>
       </c>
       <c r="B42" t="s">
         <v>34</v>
       </c>
       <c r="C42" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D42" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E42" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F42" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
         <v>12606</v>
       </c>
       <c r="B43" t="s">
         <v>34</v>
       </c>
       <c r="C43" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E43" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F43" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
         <v>12620</v>
       </c>
       <c r="B44" t="s">
         <v>34</v>
       </c>
       <c r="C44" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D44" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E44" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F44" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
         <v>12621</v>
       </c>
       <c r="B45" t="s">
         <v>34</v>
       </c>
       <c r="C45" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D45" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E45" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F45" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
         <v>12622</v>
       </c>
       <c r="B46" t="s">
         <v>34</v>
       </c>
       <c r="C46" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D46" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E46" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F46" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
         <v>12625</v>
       </c>
       <c r="B47" t="s">
         <v>34</v>
       </c>
       <c r="C47" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D47" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E47" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F47" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
         <v>12626</v>
       </c>
       <c r="B48" t="s">
         <v>34</v>
       </c>
       <c r="C48" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D48" t="s">
         <v>41</v>
       </c>
       <c r="E48" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F48" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
         <v>12627</v>
       </c>
       <c r="B49" t="s">
         <v>34</v>
       </c>
       <c r="C49" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D49" t="s">
         <v>41</v>
       </c>
       <c r="E49" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F49" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
         <v>12628</v>
       </c>
       <c r="B50" t="s">
         <v>34</v>
       </c>
       <c r="C50" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D50" t="s">
         <v>41</v>
       </c>
       <c r="E50" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F50" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
         <v>12635</v>
       </c>
       <c r="B51" t="s">
         <v>34</v>
       </c>
       <c r="C51" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D51" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E51" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F51" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
         <v>12636</v>
       </c>
       <c r="B52" t="s">
         <v>34</v>
       </c>
       <c r="C52" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D52" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E52" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F52" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
         <v>12637</v>
       </c>
       <c r="B53" t="s">
         <v>34</v>
       </c>
       <c r="C53" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D53" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E53" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F53" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
         <v>12641</v>
       </c>
       <c r="B54" t="s">
         <v>34</v>
       </c>
       <c r="C54" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D54" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E54" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F54" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
         <v>12645</v>
       </c>
       <c r="B55" t="s">
         <v>34</v>
       </c>
       <c r="C55" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D55" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E55" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F55" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
         <v>12646</v>
       </c>
       <c r="B56" t="s">
         <v>34</v>
       </c>
       <c r="C56" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D56" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E56" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F56" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
         <v>12647</v>
       </c>
       <c r="B57" t="s">
         <v>34</v>
       </c>
       <c r="C57" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D57" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E57" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F57" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
         <v>12650</v>
       </c>
       <c r="B58" t="s">
         <v>34</v>
       </c>
       <c r="C58" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D58" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E58" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F58" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
         <v>12651</v>
       </c>
       <c r="B59" t="s">
         <v>34</v>
       </c>
       <c r="C59" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D59" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E59" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F59" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
         <v>12653</v>
       </c>
       <c r="B60" t="s">
         <v>34</v>
       </c>
       <c r="C60" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D60" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E60" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F60" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
         <v>12654</v>
       </c>
       <c r="B61" t="s">
         <v>34</v>
       </c>
       <c r="C61" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D61" t="s">
         <v>41</v>
       </c>
       <c r="E61" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F61" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
         <v>12655</v>
       </c>
       <c r="B62" t="s">
         <v>34</v>
       </c>
       <c r="C62" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D62" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E62" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F62" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
         <v>12662</v>
       </c>
       <c r="B63" t="s">
         <v>34</v>
       </c>
       <c r="C63" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D63" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E63" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F63" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
         <v>12661</v>
       </c>
       <c r="B64" t="s">
         <v>34</v>
       </c>
       <c r="C64" t="s">
+        <v>146</v>
+      </c>
+      <c r="D64" t="s">
+        <v>125</v>
+      </c>
+      <c r="E64" t="s">
+        <v>147</v>
+      </c>
+      <c r="F64" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
         <v>12639</v>
       </c>
       <c r="B65" t="s">
         <v>34</v>
       </c>
       <c r="C65" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D65" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E65" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F65" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
         <v>12640</v>
       </c>
       <c r="B66" t="s">
         <v>34</v>
       </c>
       <c r="C66" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D66" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E66" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F66" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
         <v>12613</v>
       </c>
       <c r="B67" t="s">
         <v>34</v>
       </c>
       <c r="C67" t="s">
         <v>7</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
       <c r="F67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
         <v>12614</v>