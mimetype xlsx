--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -121,53 +121,51 @@
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 1 de 2026</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 62/2023 PARA AJUSTAR COMPETÊNCIAS RELATIVAS À FISCALIZAÇÃO DE POSTURAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 4 de 2026</t>
   </si>
   <si>
     <t>Vereador Diogo Endlich</t>
   </si>
   <si>
     <t>Altera a Lei nº 3.251/2025, para corrigir erro material de digitação no artigo 1º.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 6 de 2026</t>
   </si>
   <si>
-    <t>ACRESCENTA A ALÍNEA "I" NO INCISO II, DO_x000D_
-[...1 lines deleted...]
-REESTRUTURA O CONSELHO MUNICIPAL DE TURISMO DE DOMINGOS MARTINS.</t>
+    <t>ACRESCENTA A ALÍNEA "I" NO INCISO II, DO ARTIGO 3º, DA LEI MUNICIPAL Nº 2.902, DE 21 DE MAIO DE 2019 QUE REESTRUTURA O CONSELHO MUNICIPAL DE TURISMO DE DOMINGOS MARTINS.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 8 de 2026</t>
   </si>
   <si>
     <t>CRIA NOVA VAGA PARA O CARGO DE AUDITOR_x000D_
 PÚBLICO INTERNO, DE PROVIMENTO EFETIVO DO_x000D_
 MUNICÍPIO.</t>
   </si>
   <si>
     <t>Indicação nº 110 de 2025</t>
   </si>
   <si>
     <t>Vereador Marcelo do Nascimento</t>
   </si>
   <si>
     <t>INDICO ao Excelentíssimo Senhor Prefeito, a possibilidade de instalar uma Unidade Básica de Saúde, próximo à EMUEF Chapéu e estabelecimento da senhora Tereza Ribet, na localidade de Chapéu, distrito da Sede.</t>
   </si>
   <si>
     <t>Indicação nº 360 de 2025</t>
   </si>
   <si>
     <t>Vereador Daniel Reinholz</t>
   </si>
   <si>